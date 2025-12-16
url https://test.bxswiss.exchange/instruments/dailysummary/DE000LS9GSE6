--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08802fb03aa34e39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c02ee5c11247d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4648acd2986141b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd157f8c308334999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee1830215d347af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4648acd2986141b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198fe56ad1dd4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd157f8c308334999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small dogs - USA dividend 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,969</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>