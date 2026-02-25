--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c02ee5c11247d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5fb0f0a4d654098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd157f8c308334999"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690af19ddea1441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198fe56ad1dd4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd157f8c308334999" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c8c162c3c14ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690af19ddea1441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small dogs - USA dividend 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>