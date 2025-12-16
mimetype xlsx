--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d4ebce6b6fb401d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4021434deef4532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5933d4605af345bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4f5bb271714ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R000fe641502948e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5933d4605af345bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b796bafd3184977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4f5bb271714ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai BRIC and S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>192,281</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>