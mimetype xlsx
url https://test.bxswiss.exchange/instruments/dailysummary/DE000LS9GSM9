--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4021434deef4532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dac4a3e618e4bc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4f5bb271714ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e747b173c014a77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b796bafd3184977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4f5bb271714ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815c2306af5e463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e747b173c014a77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai BRIC and S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>