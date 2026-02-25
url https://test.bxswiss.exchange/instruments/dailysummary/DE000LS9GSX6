--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f9380fff746429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5f6c5d73e64cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17660ad815ea4195"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R712e7485bebe4fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba85d6a4c09f4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17660ad815ea4195" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R571bf96f9c804faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R712e7485bebe4fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trader-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>99,908</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,879</x:t>
-[...431 lines deleted...]
-          <x:t>100,145</x:t>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>