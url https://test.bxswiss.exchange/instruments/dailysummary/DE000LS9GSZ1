--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c5a31b61f0454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e7149462f44701" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaae462c6be9410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R285a9564a8254bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2435d1becdbb489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaae462c6be9410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3316af8a06245d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R285a9564a8254bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>132,787</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,613</x:t>
-[...323 lines deleted...]
-          <x:t>135,840</x:t>
+          <x:t>131,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>