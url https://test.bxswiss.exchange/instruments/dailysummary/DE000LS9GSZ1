--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e7149462f44701" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabec5bf230884cd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R285a9564a8254bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28658bede444b11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3316af8a06245d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R285a9564a8254bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca54c9d56b654d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28658bede444b11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>