--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R161e8e42e0cb4100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45901034284e4f00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0afef4b18d84a75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ce0a9c882f4d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba34e1cc5c364cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0afef4b18d84a75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33d4e629fc84c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ce0a9c882f4d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte / Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>159,933</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,550</x:t>
-[...382 lines deleted...]
-          <x:t>162,354</x:t>
+          <x:t>161,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>