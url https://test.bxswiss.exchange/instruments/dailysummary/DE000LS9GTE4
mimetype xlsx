--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45901034284e4f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89628ffc4adc4424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ce0a9c882f4d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re50410826b4844cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33d4e629fc84c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ce0a9c882f4d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d6a031d61442d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re50410826b4844cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte / Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>164,792</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,878</x:t>
-[...80 lines deleted...]
-          <x:t>165,666</x:t>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>