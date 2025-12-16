--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0e6eb32238458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa264ba2a8f4285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0620012a88f442f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29259545d60a4d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R437a6404bcab4fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0620012a88f442f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0291ab6949fd4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29259545d60a4d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jaytrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>757,499</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>