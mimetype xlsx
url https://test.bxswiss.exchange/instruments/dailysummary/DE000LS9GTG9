--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa264ba2a8f4285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354b863e0249490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29259545d60a4d00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e7c1eca09474259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0291ab6949fd4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29259545d60a4d00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9012ec4e53b403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e7c1eca09474259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jaytrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>780,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>783,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>765,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>771,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>