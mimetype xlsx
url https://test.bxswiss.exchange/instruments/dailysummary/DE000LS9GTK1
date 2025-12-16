--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5856a15206f40e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b254bcf573449a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79e6824233243a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2634e6a8f894ff8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd8db7e36fd64f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79e6824233243a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13392259258441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2634e6a8f894ff8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,266</x:t>
-[...441 lines deleted...]
-          <x:t>94,654</x:t>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>