--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b254bcf573449a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9342198200a4334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2634e6a8f894ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd128bde0e2a4810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13392259258441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2634e6a8f894ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8391ec79e11e46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd128bde0e2a4810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>93,662</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,931</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>94,078</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,001</x:t>
-[...323 lines deleted...]
-          <x:t>94,154</x:t>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>