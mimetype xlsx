--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re95a4eaf6bb444e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b4dc9a97a3c4497" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86bb808e6bca4ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c4911552404430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba0e67598dc2487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86bb808e6bca4ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5a0c72757442af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c4911552404430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GWC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.184,749</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>