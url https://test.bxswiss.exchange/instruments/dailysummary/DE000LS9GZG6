--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ead2f0c6e9a4d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61431673247460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c45961e6b64edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd8319ec029f47bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c24b68db8149f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c45961e6b64edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea89854866949c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd8319ec029f47bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POLEam Aktien-Werte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>203,324</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>