--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61431673247460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7420679a9cde4545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd8319ec029f47bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827af9182bfa438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea89854866949c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd8319ec029f47bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61939ebac9e249a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827af9182bfa438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POLEam Aktien-Werte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>