--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fd5a1fb998f4f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773d12367fce4190" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R170211f9eec54abb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8bbe78d67fd40b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a0039402b8a41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R170211f9eec54abb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad390bb8b37437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8bbe78d67fd40b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Female CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>277,318</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>