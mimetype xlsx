--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773d12367fce4190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa30cf71f6af4b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8bbe78d67fd40b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc4e3fafd1ca4f88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad390bb8b37437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8bbe78d67fd40b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06479ab4156b48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc4e3fafd1ca4f88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Female CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>