--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R986ee6c700c84e7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e344174ec9142e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d4ab3016464f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f9ca6eee554352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d7f38122074b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d4ab3016464f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e6c78a3e0804442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f9ca6eee554352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenclub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>258,841</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>