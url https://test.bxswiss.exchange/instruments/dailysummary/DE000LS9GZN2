--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e344174ec9142e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd07263808a41e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f9ca6eee554352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96df134ba7c54cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e6c78a3e0804442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f9ca6eee554352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d762a782fa346d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96df134ba7c54cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenclub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>