--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264fddf90bdd4f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438360084b2345e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b5a91917a3142d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13cbf694b554229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac9716fa2b234a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b5a91917a3142d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587cb73e6b4c463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13cbf694b554229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SubstanzInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,566 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>192,601</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>