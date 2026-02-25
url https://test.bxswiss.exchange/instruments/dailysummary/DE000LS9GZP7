--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438360084b2345e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42125f1b65794e0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13cbf694b554229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc31a68baaf6c44a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587cb73e6b4c463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13cbf694b554229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab8735321454e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc31a68baaf6c44a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SubstanzInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,510 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -684,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>