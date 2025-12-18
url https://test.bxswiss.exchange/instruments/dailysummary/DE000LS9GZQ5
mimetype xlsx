--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R710fd362127d4050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08590d976db8419e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6119b445fbe04f26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95fbedc7a4554390"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R565e2105c06e448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6119b445fbe04f26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a693090db84fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95fbedc7a4554390" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technomedia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>166,454</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>