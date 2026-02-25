--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08590d976db8419e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573e9be3f3f84668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95fbedc7a4554390"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7bd6a9e3544434c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a693090db84fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95fbedc7a4554390" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93cfc2a3a8ee4573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7bd6a9e3544434c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technomedia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>