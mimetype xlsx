--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R661513ca7c944246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7d027f62804b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1abc94f8bdf4878"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a3cd67585b4812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ead68e9701e454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1abc94f8bdf4878" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaeb48a17a764405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a3cd67585b4812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENERGIE Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>119,201</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>