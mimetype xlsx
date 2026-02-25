--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7d027f62804b3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba79bc18e4243d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a3cd67585b4812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0a860ad17e4380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaeb48a17a764405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a3cd67585b4812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a7f8e51da044dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0a860ad17e4380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENERGIE Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>121,332</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,987</x:t>
-[...220 lines deleted...]
-          <x:t>121,183</x:t>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>