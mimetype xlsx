--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e243dbc2e1417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26618fe6efb459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2099a8b5d42b4655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560120b4daf34f8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247758e6c39045a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2099a8b5d42b4655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f8293f6dcd4e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560120b4daf34f8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Top 3+1 ökonomisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,901</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>