--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26618fe6efb459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e164607e1f46b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560120b4daf34f8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f92670e1e514a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f8293f6dcd4e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560120b4daf34f8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3d72f43c99948a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f92670e1e514a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Top 3+1 ökonomisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>