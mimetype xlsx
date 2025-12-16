--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977321c6e62245ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede360789d1e4cce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd3d504f4bd4839"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fc59c2929994e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff6f6f3c39a461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd3d504f4bd4839" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df0dee30b074603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fc59c2929994e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>310,152</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>