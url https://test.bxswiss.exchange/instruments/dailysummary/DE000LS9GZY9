--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede360789d1e4cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cab439cac544a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fc59c2929994e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd09340577b34e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df0dee30b074603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fc59c2929994e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e9ac5f7a73f445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd09340577b34e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>