--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e4ef156d2b4d82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe4a86ea51c41bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R848ce891b7ca499c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R326d3ba3a39141d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a565017ee4458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R848ce891b7ca499c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc0d9604b2ec41e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R326d3ba3a39141d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>189,264</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>