--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6293563fdd044e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19596a78f0ca4099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb699b02c20e94794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5457983cb5e94c55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a75d512b0049b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb699b02c20e94794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe86bc364a7443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5457983cb5e94c55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Next Banking Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>219,283</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>