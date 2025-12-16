--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2acdb5a9c6c14725" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8724d0eaea914381" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1bf2596abc4391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841d6ed7c6bb4a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1661dedf1a4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1bf2596abc4391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e04169d9a54206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841d6ed7c6bb4a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>171,072</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>