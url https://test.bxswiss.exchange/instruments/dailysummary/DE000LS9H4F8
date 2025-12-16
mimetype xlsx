--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re530986343844ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re981b8b1d6b64073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38f3929000d44c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31934613fb640db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd3c61fe6095460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38f3929000d44c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc912929f0245488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31934613fb640db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRD-Methode</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>311,923</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>311,113</x:t>
-[...107 lines deleted...]
-          <x:t>321,774</x:t>
+          <x:t>313,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>