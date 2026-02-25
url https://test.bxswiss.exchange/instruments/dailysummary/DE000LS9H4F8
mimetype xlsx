--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re981b8b1d6b64073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b05b9384e44e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31934613fb640db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f52719161b34a54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc912929f0245488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31934613fb640db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a2734a3ca14e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f52719161b34a54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRD-Methode</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>