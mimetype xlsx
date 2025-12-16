--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68272792332d4af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ab1241856d4fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab4b3249347940f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0011040ab4d548a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498082dde3da4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab4b3249347940f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75939ce55fd44a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0011040ab4d548a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ostdeutsche Wirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>146,523</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>