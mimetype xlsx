--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa060a19640d4d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554d89a77e984619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57dbd6dc89684bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01903903aa7145d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9a6e57e20b4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57dbd6dc89684bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99817ac28f63435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01903903aa7145d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dynamische Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>221,075</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>