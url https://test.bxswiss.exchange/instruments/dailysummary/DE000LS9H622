--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7719a4eb2984e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8260ed0b7c448ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cfbe6eca5cf4a23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b45d3e4af74442"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4076ccbae2574328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cfbe6eca5cf4a23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e4e886ded24b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b45d3e4af74442" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UnderDogs Aktienwerte -Weltweit-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,418</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>40,483</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,477</x:t>
-[...161 lines deleted...]
-          <x:t>40,462</x:t>
+          <x:t>40,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>