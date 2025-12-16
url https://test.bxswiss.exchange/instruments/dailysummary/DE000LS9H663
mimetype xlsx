--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a32dcda51da4e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e57061a016410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22c55cca54a4d3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda076c1ae10f418f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb869838cc5c94e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22c55cca54a4d3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb745e49527c34c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda076c1ae10f418f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv max 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>25,325</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>