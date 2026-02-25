--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e57061a016410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6bf6732bd74825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda076c1ae10f418f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb662011e88344eb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb745e49527c34c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda076c1ae10f418f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re38a82bb58bc4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb662011e88344eb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv max 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>18,685</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,391</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>20,636</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...343 lines deleted...]
-          <x:t>19,140</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>