--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972d28c1b6cb4575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64132785b3f2431d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0abfbe66c7374cc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1cd8cea4684251"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea440a350cfb42c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0abfbe66c7374cc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ecbad3b04f94f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1cd8cea4684251" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stabilität Priorität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>233,598</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>233,298</x:t>
-[...4 lines deleted...]
-          <x:t>235,335</x:t>
+          <x:t>236,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>