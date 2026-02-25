--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64132785b3f2431d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab9d6123c534454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1cd8cea4684251"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d850c6f12dc4fb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ecbad3b04f94f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1cd8cea4684251" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f6c08772334e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d850c6f12dc4fb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stabilität Priorität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,800</x:t>
-[...63 lines deleted...]
-          <x:t>230,505</x:t>
+          <x:t>228,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>