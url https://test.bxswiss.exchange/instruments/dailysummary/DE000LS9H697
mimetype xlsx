--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e46c83f33848e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a1d8d631e0a4b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d83a5f0a2041a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e6327a45f645c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree713c9ab4dd4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d83a5f0a2041a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf08f612c9114be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e6327a45f645c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>155,401</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...424 lines deleted...]
-          <x:t>157,217</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>