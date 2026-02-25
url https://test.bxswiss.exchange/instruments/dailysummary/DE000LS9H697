--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a1d8d631e0a4b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf78ce7828cb743fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e6327a45f645c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d847773f51640db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf08f612c9114be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e6327a45f645c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8193f8426f8347d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d847773f51640db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>160,509</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,832</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>161,196</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>160,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>