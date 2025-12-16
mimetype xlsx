--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9de655d225264ca4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137fc3ca626b4808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ffb99df70784610"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0114b72455f548b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc219f256a964737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ffb99df70784610" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23083cabd9714983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0114b72455f548b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend-Wachstum US,DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,023</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>