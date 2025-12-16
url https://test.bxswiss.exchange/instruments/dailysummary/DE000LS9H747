--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d07c59c67454889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd99897a54f4385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7fce7d35fda487b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03cf8da459614654"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd70142a1b64cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7fce7d35fda487b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b9fbdb14c0d4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03cf8da459614654" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>641,590</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>