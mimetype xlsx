--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fcce47462b48c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3ae4659455d4d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53568948f9af463c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a07fa0b0854048"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf4866bbb5348f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53568948f9af463c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d45438319c94648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a07fa0b0854048" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Dividend Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>172,048</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>