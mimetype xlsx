--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a2d508cc414233" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5ed5f0beaba4c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0944fbd269f5474e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368f70765a194f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd172ab2825514da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0944fbd269f5474e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2182d42d04044c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368f70765a194f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDE als passives Einkommen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>165,635</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,627</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>166,587</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>