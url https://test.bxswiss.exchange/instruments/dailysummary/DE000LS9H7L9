--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b82afd22fa4478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R442be5441d8a4a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c0a0651ff374468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd312c5b5d3424bac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333cb995cdf84272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c0a0651ff374468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d8323ec78844ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd312c5b5d3424bac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>359,690</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>