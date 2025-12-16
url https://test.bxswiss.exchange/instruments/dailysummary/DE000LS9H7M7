--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d189f58228b44a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4baf42fab44c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8223868a823145cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc64764ed950e45a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ce721caf90041c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8223868a823145cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c94d04eaff949f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc64764ed950e45a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklischer Valueansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>197,238</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>