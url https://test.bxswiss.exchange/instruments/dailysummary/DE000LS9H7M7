--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4baf42fab44c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778ad413cea04248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc64764ed950e45a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276971ae19ac42ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c94d04eaff949f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc64764ed950e45a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racad05de0f814cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276971ae19ac42ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklischer Valueansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>