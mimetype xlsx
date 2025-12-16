--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bb166f5f7b548b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a341abd3a554772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45fdbd79f6be4ff1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd26e43a31834b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e4bfd18a9df4047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45fdbd79f6be4ff1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R471cbb0ed3af4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd26e43a31834b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7P0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>353,163</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>