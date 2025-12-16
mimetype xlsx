--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53007e004d4483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf949bb0f540b47eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6a9b905154949bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb07f697bb4e4b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb894c0067148cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6a9b905154949bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba7d43e4c63549f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb07f697bb4e4b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divergent Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,006</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>