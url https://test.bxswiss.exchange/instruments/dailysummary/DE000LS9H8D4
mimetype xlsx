--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70acd395b1f1435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re787a028199c483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9d7f055c7a244b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7737362d5ca4481a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rded275f7477b45c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9d7f055c7a244b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6373f435ec4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7737362d5ca4481a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzept - Value &amp; Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>126,667</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>