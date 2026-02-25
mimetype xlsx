--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re787a028199c483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce00174d6b5429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7737362d5ca4481a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74fbf9766ec142e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6373f435ec4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7737362d5ca4481a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf22f7ef77554d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74fbf9766ec142e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzept - Value &amp; Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>