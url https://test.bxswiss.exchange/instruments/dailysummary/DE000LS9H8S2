--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76292382ba5142ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81500a7e56d04791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf0c54825a74239"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba520baf2ad4229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4098454872d4cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf0c54825a74239" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54651cff0dc4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba520baf2ad4229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8S2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>1.444,155</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.449,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>1.470,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.445,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>