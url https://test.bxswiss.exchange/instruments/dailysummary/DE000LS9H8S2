--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81500a7e56d04791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f037b4995d4dc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba520baf2ad4229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b75693237bc49e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54651cff0dc4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba520baf2ad4229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2246fe1622b24993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b75693237bc49e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8S2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.489,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.493,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.480,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.486,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>