--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec7207fc9af42d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc598237254034686" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2757626937e14d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e9827beee184ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72b15c4cc37f4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2757626937e14d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R907148e974244e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e9827beee184ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>10,618</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,609</x:t>
-[...141 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,561</x:t>
-[...441 lines deleted...]
-          <x:t>10,586</x:t>
+          <x:t>10,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>