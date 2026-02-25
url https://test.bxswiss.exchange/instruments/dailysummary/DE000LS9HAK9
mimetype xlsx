--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc598237254034686" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb43d669dbeb40eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e9827beee184ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683b344057464766"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R907148e974244e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e9827beee184ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b832c5b58644493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683b344057464766" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>10,454</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,450</x:t>
-[...65 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,528</x:t>
-[...414 lines deleted...]
-          <x:t>10,559</x:t>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>