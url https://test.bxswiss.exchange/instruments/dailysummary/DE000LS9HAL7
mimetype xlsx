--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6909e8220c824ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20ee49883134b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ffcdc0f352b46fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5557739860b84033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1a2b64509fe4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ffcdc0f352b46fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd4a0a7a62d44174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5557739860b84033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaWe Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>164,553</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>