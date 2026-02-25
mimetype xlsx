--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20ee49883134b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e7329180be04d35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5557739860b84033"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc75a9fae0b47fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd4a0a7a62d44174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5557739860b84033" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbce8f2670a647e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc75a9fae0b47fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaWe Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>