--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4b96df47af4467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291ab004feaa4aea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cb4dd95eabd49ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e2c703557794cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74772cc4991a4180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cb4dd95eabd49ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4beb8f388ca3409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e2c703557794cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hörgeräte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,954</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>