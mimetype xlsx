--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291ab004feaa4aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c61b4d8da3f43ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e2c703557794cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc98d35efaeb44977"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4beb8f388ca3409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e2c703557794cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2fdeb47373455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc98d35efaeb44977" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hörgeräte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>