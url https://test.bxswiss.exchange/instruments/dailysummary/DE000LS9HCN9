--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfa691ac6e804e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc59cc8f65df4706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0125c82c817d4ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7a49e9632e54781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75bcb943647b48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0125c82c817d4ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0422c9546ddb4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7a49e9632e54781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>105,834</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>