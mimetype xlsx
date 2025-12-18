--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R802263a53be44c71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4672bd5cac33402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7d6d7feff94257"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7739b69dcc994538"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe4360243194581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7d6d7feff94257" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e9f90dbce64253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7739b69dcc994538" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR SDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>114,971</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>