--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4672bd5cac33402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra824292d623c4f61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7739b69dcc994538"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3d11a4207d48e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e9f90dbce64253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7739b69dcc994538" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff7bd8b8c8454fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3d11a4207d48e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR SDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>