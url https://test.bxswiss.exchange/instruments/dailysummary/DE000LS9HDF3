--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20239d4b39d84af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37e5509fd5f41c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81f3205d9f854e98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe44c524d9f74c0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b5ab26797d4a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81f3205d9f854e98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c7e9f43a8d4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe44c524d9f74c0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR TecDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,574</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>118,054</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,792</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>118,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>