--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37e5509fd5f41c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7db5ce78a02499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe44c524d9f74c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952b6361f981440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c7e9f43a8d4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe44c524d9f74c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a25e9799084232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952b6361f981440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR TecDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>117,220</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,030</x:t>
-[...458 lines deleted...]
-          <x:t>117,792</x:t>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>