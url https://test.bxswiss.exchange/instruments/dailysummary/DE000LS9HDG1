--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cb7d29e81d6451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb6af636b1c49b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f954fccf404734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6db04ccee314a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c6ecf0c61b46e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f954fccf404734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re40883fd68e5456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6db04ccee314a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>144,416</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,947</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>147,011</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>