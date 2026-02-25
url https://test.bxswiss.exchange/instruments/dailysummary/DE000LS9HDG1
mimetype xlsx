--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb6af636b1c49b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb23cef931344a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6db04ccee314a39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd15bfae08584381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re40883fd68e5456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6db04ccee314a39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ccacdc831384a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd15bfae08584381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>