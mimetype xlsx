--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83d29795430a4107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71ac107c4d514c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cfd34da72af4ae2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94c9fd1efa84aa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd85086040a34198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cfd34da72af4ae2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd6bfb9c5ca4ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94c9fd1efa84aa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>€uro am Sonntag VaR-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>186,563</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>