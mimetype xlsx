--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71ac107c4d514c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d1a7d33c754f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94c9fd1efa84aa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31250d7703742a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd6bfb9c5ca4ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94c9fd1efa84aa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc254a60d2bb44996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31250d7703742a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>€uro am Sonntag VaR-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>