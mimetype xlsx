--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc14120ea46a4fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5b770555e14b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b34e0ee79c4db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7bfecd6fba48fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb75d668c9244a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b34e0ee79c4db5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f80beb94b3046fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7bfecd6fba48fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,567</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>36,519</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,551</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>36,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>