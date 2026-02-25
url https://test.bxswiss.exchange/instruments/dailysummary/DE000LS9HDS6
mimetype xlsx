--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5b770555e14b25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7cd5292776407c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7bfecd6fba48fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd1b64e2ead407d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f80beb94b3046fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7bfecd6fba48fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9368631cb0704eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd1b64e2ead407d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>36,369</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,356</x:t>
-[...296 lines deleted...]
-          <x:t>36,455</x:t>
+          <x:t>36,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>