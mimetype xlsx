--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbfd043860244774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8b16fba345475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b197f7f0af848e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2842ea408d5541d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24d5d506b86c4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b197f7f0af848e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb164d765a0f74655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2842ea408d5541d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanAllCap - Fokus Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>138,304</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>