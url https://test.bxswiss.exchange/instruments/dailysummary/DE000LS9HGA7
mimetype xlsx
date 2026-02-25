--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8b16fba345475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3618dcf4ebb49ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2842ea408d5541d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54319ce60ab84cf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb164d765a0f74655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2842ea408d5541d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8956d06959347e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54319ce60ab84cf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanAllCap - Fokus Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>