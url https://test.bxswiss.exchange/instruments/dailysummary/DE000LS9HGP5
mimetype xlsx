--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c2220eecacd4fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ef62c3565c3485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a95d9dd91f34650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e330ecd610494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb8432061ef4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a95d9dd91f34650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71c4dfce6934c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e330ecd610494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchenjagd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,572</x:t>
-[...129 lines deleted...]
-          <x:t>87,296</x:t>
+          <x:t>87,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,178</x:t>
-[...274 lines deleted...]
-          <x:t>87,612</x:t>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>