--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ef62c3565c3485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153b6a9d6ea744e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e330ecd610494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc4a4658f0164d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71c4dfce6934c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e330ecd610494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654542f796bc491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc4a4658f0164d6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchenjagd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>87,376</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,323</x:t>
-[...377 lines deleted...]
-          <x:t>87,390</x:t>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>