--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99505c49ea740ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1debe35ba26a4c1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2d5aa92c2e48f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be140638a3c48bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef42af7a2ec4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2d5aa92c2e48f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re497743a1d9443fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be140638a3c48bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlumiStocks Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>62,153</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>62,039</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,976</x:t>
+          <x:t>62,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,004</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>61,932</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>