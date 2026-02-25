--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1debe35ba26a4c1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9bbf5d901054f30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be140638a3c48bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40cd55e54ffd4505"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re497743a1d9443fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be140638a3c48bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8924f8010e094593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40cd55e54ffd4505" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlumiStocks Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>61,547</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,836</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>61,718</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,819</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...371 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,986</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>62,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>