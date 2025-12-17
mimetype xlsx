--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re69cf7e3019a4606" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db47b6438a44e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02237e6ca604d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87a601883f294516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc470e0057f4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02237e6ca604d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f14ddd1dad4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87a601883f294516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>351,024</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>