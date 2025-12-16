--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a216849338f4b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ece9a1a65d24ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4168b8122724c7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde5693e3e536458f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc586f6abcabc49c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4168b8122724c7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd0fbd8b9d043f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde5693e3e536458f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Werte Handel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>515,603</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>