--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ece9a1a65d24ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f154a21f4294606" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde5693e3e536458f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f7976680304ef2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd0fbd8b9d043f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde5693e3e536458f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6986e788c574e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f7976680304ef2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Werte Handel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>511,824</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,023</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>543,566</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>